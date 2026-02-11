--- v0 (2025-11-06)
+++ v1 (2026-02-11)
@@ -2989,67 +2989,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6618" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9F176B">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="仿宋_GB2312" w:hAnsi="Calibri" w:eastAsia="仿宋_GB2312" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>7586</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="569F6012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
@@ -16540,61 +16535,59 @@
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>件结转下年度继续办理），总金额</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>0.27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>万元，实际收取信息公开处理费</w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>0.08</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>万元。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAB8577">
       <w:pPr>
         <w:pStyle w:val="4"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:suppressLineNumbers w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
@@ -17219,105 +17212,105 @@
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{98DDE351-8F11-4878-86E8-175148FB519D}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{B27B2AC3-24CC-4AD4-8281-CF30247E2AC6}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{E07FE055-7543-4C0B-BC2D-CD5431C506EA}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{B2BB814C-4F98-469D-8185-2815F8B78C6C}"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
-    <w:panose1 w:val="02000000000000000000"/>
+    <w:panose1 w:val="02010600010101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="08000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{094E61FE-849D-4EC4-B6BA-AD68F7E59B92}"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{EC05242D-A044-4A5E-B968-0705DEB6C157}"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{DADC390B-1A81-46A8-AB10-52239AB9B87C}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{D42A5FEF-B564-45F8-BCB0-297928FD88DA}"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{837B6167-CAEF-442C-850F-31B183F80609}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{EF660BDA-1DF8-408E-A6B8-AF0AA8DD0501}"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{6FDD9295-BF10-4F9F-BB74-189CBA71A24A}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{0CA2A123-2CFA-4982-A53D-E4A646623B70}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="28945EDC">
     <w:pPr>
       <w:pStyle w:val="2"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>outside</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
@@ -17525,51 +17518,51 @@
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2BEA31A8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2BEA31A8"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="chineseCounting"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="93"/>
+  <w:zoom w:percent="80"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17750,50 +17743,51 @@
     <w:rsid w:val="275A20B3"/>
     <w:rsid w:val="27896E11"/>
     <w:rsid w:val="27BF771A"/>
     <w:rsid w:val="280D4603"/>
     <w:rsid w:val="2883086F"/>
     <w:rsid w:val="28C759B8"/>
     <w:rsid w:val="290033B3"/>
     <w:rsid w:val="298A3B88"/>
     <w:rsid w:val="2A050A46"/>
     <w:rsid w:val="2A203287"/>
     <w:rsid w:val="2A3B6C95"/>
     <w:rsid w:val="2B027310"/>
     <w:rsid w:val="2B2E7556"/>
     <w:rsid w:val="2B3C601B"/>
     <w:rsid w:val="2BA54612"/>
     <w:rsid w:val="2BC5737C"/>
     <w:rsid w:val="2C1F4644"/>
     <w:rsid w:val="2C2440A3"/>
     <w:rsid w:val="2C2A71DF"/>
     <w:rsid w:val="2CF46CAB"/>
     <w:rsid w:val="2CF94F11"/>
     <w:rsid w:val="2D07749B"/>
     <w:rsid w:val="2DB32EFA"/>
     <w:rsid w:val="2DBB6020"/>
     <w:rsid w:val="2E2B7BB3"/>
+    <w:rsid w:val="2E4A32FD"/>
     <w:rsid w:val="2F5D4BFE"/>
     <w:rsid w:val="2F6557AF"/>
     <w:rsid w:val="2F726633"/>
     <w:rsid w:val="2FD162F0"/>
     <w:rsid w:val="301D0D4E"/>
     <w:rsid w:val="30717785"/>
     <w:rsid w:val="30955D09"/>
     <w:rsid w:val="31166527"/>
     <w:rsid w:val="313928B9"/>
     <w:rsid w:val="315671B6"/>
     <w:rsid w:val="317C228B"/>
     <w:rsid w:val="32252AC9"/>
     <w:rsid w:val="322A7567"/>
     <w:rsid w:val="323E59E8"/>
     <w:rsid w:val="326D34C3"/>
     <w:rsid w:val="32717916"/>
     <w:rsid w:val="32D83E39"/>
     <w:rsid w:val="32E77BD8"/>
     <w:rsid w:val="330D4548"/>
     <w:rsid w:val="331366F8"/>
     <w:rsid w:val="33590AD6"/>
     <w:rsid w:val="335C05C6"/>
     <w:rsid w:val="337C3E29"/>
     <w:rsid w:val="33983E17"/>
     <w:rsid w:val="34064F33"/>
@@ -17919,50 +17913,51 @@
     <w:rsid w:val="579F6382"/>
     <w:rsid w:val="57B819BF"/>
     <w:rsid w:val="58315521"/>
     <w:rsid w:val="58597148"/>
     <w:rsid w:val="58CE6FC1"/>
     <w:rsid w:val="590E0E8F"/>
     <w:rsid w:val="591A2316"/>
     <w:rsid w:val="595F34BE"/>
     <w:rsid w:val="59D440D5"/>
     <w:rsid w:val="5A037121"/>
     <w:rsid w:val="5A0A107B"/>
     <w:rsid w:val="5A0C7DA1"/>
     <w:rsid w:val="5A3966BC"/>
     <w:rsid w:val="5AD60C24"/>
     <w:rsid w:val="5B215ACE"/>
     <w:rsid w:val="5B316DEE"/>
     <w:rsid w:val="5B5714EF"/>
     <w:rsid w:val="5B59742A"/>
     <w:rsid w:val="5B71052E"/>
     <w:rsid w:val="5BA704D0"/>
     <w:rsid w:val="5C0E333F"/>
     <w:rsid w:val="5C5129B6"/>
     <w:rsid w:val="5C7F1AA5"/>
     <w:rsid w:val="5D0447D5"/>
     <w:rsid w:val="5D284EF1"/>
+    <w:rsid w:val="5D5E00E0"/>
     <w:rsid w:val="5D691905"/>
     <w:rsid w:val="5D8B2D00"/>
     <w:rsid w:val="5D9535FE"/>
     <w:rsid w:val="5DAF4A56"/>
     <w:rsid w:val="5DC91F2A"/>
     <w:rsid w:val="5DFF574A"/>
     <w:rsid w:val="5E2A6448"/>
     <w:rsid w:val="5E652175"/>
     <w:rsid w:val="5EAD4A28"/>
     <w:rsid w:val="5FA92594"/>
     <w:rsid w:val="5FBB1776"/>
     <w:rsid w:val="5FDF0FD9"/>
     <w:rsid w:val="5FE8338D"/>
     <w:rsid w:val="60DB1C99"/>
     <w:rsid w:val="614D0248"/>
     <w:rsid w:val="619F7C50"/>
     <w:rsid w:val="62DD57F7"/>
     <w:rsid w:val="6343302D"/>
     <w:rsid w:val="63673E77"/>
     <w:rsid w:val="639F5EAB"/>
     <w:rsid w:val="63DB4FCE"/>
     <w:rsid w:val="64103DA1"/>
     <w:rsid w:val="642E087F"/>
     <w:rsid w:val="64310E2C"/>
     <w:rsid w:val="64D64BB0"/>
@@ -18028,50 +18023,51 @@
     <w:rsid w:val="74FB1F0E"/>
     <w:rsid w:val="754E621C"/>
     <w:rsid w:val="755D1889"/>
     <w:rsid w:val="756E072D"/>
     <w:rsid w:val="760A490A"/>
     <w:rsid w:val="763D67E9"/>
     <w:rsid w:val="764A5A81"/>
     <w:rsid w:val="766723CB"/>
     <w:rsid w:val="7671300D"/>
     <w:rsid w:val="76746FA2"/>
     <w:rsid w:val="768A639E"/>
     <w:rsid w:val="76B13D52"/>
     <w:rsid w:val="76EE7205"/>
     <w:rsid w:val="77181135"/>
     <w:rsid w:val="77975FE5"/>
     <w:rsid w:val="77AE0952"/>
     <w:rsid w:val="77CC6333"/>
     <w:rsid w:val="77EA7F6B"/>
     <w:rsid w:val="782B19EF"/>
     <w:rsid w:val="785463EB"/>
     <w:rsid w:val="78F97196"/>
     <w:rsid w:val="79A33A55"/>
     <w:rsid w:val="7A433C2F"/>
     <w:rsid w:val="7A5501E4"/>
     <w:rsid w:val="7A56095A"/>
+    <w:rsid w:val="7ABE77A6"/>
     <w:rsid w:val="7AC4352C"/>
     <w:rsid w:val="7B194A88"/>
     <w:rsid w:val="7B1F000F"/>
     <w:rsid w:val="7B3C3170"/>
     <w:rsid w:val="7C130F8E"/>
     <w:rsid w:val="7C2F35C5"/>
     <w:rsid w:val="7C6133D3"/>
     <w:rsid w:val="7C706DF3"/>
     <w:rsid w:val="7C71236F"/>
     <w:rsid w:val="7CC0084B"/>
     <w:rsid w:val="7D29023E"/>
     <w:rsid w:val="7D7E73A4"/>
     <w:rsid w:val="7D8700E1"/>
     <w:rsid w:val="7DAA5057"/>
     <w:rsid w:val="7E2277F5"/>
     <w:rsid w:val="7E2458E7"/>
     <w:rsid w:val="7E631DD5"/>
     <w:rsid w:val="7E77762F"/>
     <w:rsid w:val="7EF26089"/>
     <w:rsid w:val="7F0101EF"/>
     <w:rsid w:val="7F1216F8"/>
     <w:rsid w:val="7F547E3F"/>
     <w:rsid w:val="7F5C59BA"/>
     <w:rsid w:val="7F6D0B47"/>
     <w:rsid w:val="7FA411F7"/>
@@ -18744,62 +18740,62 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>7</Pages>
-  <Words>3469</Words>
-  <Characters>3666</Characters>
+  <Words>3515</Words>
+  <Characters>3717</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3674</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.20305_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>3725</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>诗人与熊</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.20305</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>E69FC135B6704485BACA57740AE2D712</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiM2JjNDU3OGUxZTA3YmE4ZTMyYzBiYWJiYzVhOWM4YTgiLCJ1c2VySWQiOiI0NTc0NzUyOTcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>